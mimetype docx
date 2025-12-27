--- v0 (2025-10-05)
+++ v1 (2025-12-27)
@@ -261,271 +261,300 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E16813" w14:paraId="2E6A2183" w14:textId="77777777" w:rsidTr="0017251D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C9EF0C5" w14:textId="77777777" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715D1D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3572197B" w14:textId="351B98C2" w:rsidR="00661B09" w:rsidRDefault="001E0E8C" w:rsidP="00661B09">
+          <w:p w14:paraId="3572197B" w14:textId="2490C8EA" w:rsidR="00661B09" w:rsidRDefault="001E0E8C" w:rsidP="00661B09">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E0E8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>HT2</w:t>
             </w:r>
-            <w:r w:rsidR="0009196F">
+            <w:r w:rsidR="00CF325E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31539473" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00715D1D" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7745" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6E72C981" w14:textId="77777777" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715D1D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Period</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7548435F" w14:textId="49D27D85" w:rsidR="00661B09" w:rsidRDefault="001E0E8C" w:rsidP="00661B09">
+          <w:p w14:paraId="7548435F" w14:textId="17518522" w:rsidR="00661B09" w:rsidRDefault="001E0E8C" w:rsidP="00661B09">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D83D9B">
+            <w:r w:rsidR="00CF325E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-10-0</w:t>
             </w:r>
-            <w:r w:rsidR="009638CA">
+            <w:r w:rsidR="00CF325E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>—2</w:t>
             </w:r>
-            <w:r w:rsidR="00D83D9B">
+            <w:r w:rsidR="00CF325E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-11-0</w:t>
             </w:r>
-            <w:r w:rsidR="009638CA">
+            <w:r w:rsidR="00CF325E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44A94FE0" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00715D1D" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38946FF6" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00715D1D" w:rsidRDefault="00E16813" w:rsidP="00E16813">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4517"/>
-        <w:gridCol w:w="4499"/>
+        <w:gridCol w:w="4509"/>
+        <w:gridCol w:w="4507"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E16813" w14:paraId="1AE0B26A" w14:textId="77777777" w:rsidTr="00DD77FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3198143F" w14:textId="253102A7" w:rsidR="00E16813" w:rsidRPr="00CF70B1" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF70B1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:r w:rsidR="00CF70B1" w:rsidRPr="00CF70B1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>le</w:t>
             </w:r>
             <w:r w:rsidR="00CF70B1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>ader</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="704D7C7C" w14:textId="59B1A803" w:rsidR="00661B09" w:rsidRPr="00CF70B1" w:rsidRDefault="001E0E8C" w:rsidP="00661B09">
+          <w:p w14:paraId="704D7C7C" w14:textId="3E77E53A" w:rsidR="00661B09" w:rsidRPr="00CF70B1" w:rsidRDefault="001E0E8C" w:rsidP="00661B09">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Olena Gruzieva</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF325E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CF325E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>co</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CF325E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>-course leader Jeroen de Bont</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65241ED6" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00CF70B1" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08134867" w14:textId="77777777" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -555,936 +584,1245 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Olena Gruzieva</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35BFD1CF" w14:textId="67AD8D51" w:rsidR="00661B09" w:rsidRPr="00715D1D" w:rsidRDefault="00661B09" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E16813" w14:paraId="557EE743" w14:textId="77777777" w:rsidTr="00DD77FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39295989" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="008C15AA" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
+          <w:p w14:paraId="39295989" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00CF325E" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C15AA">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other participating teachers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07C0A0D5" w14:textId="77777777" w:rsidR="008C15AA" w:rsidRPr="008C15AA" w:rsidRDefault="008C15AA" w:rsidP="008C15AA">
+          <w:p w14:paraId="7A4746B3" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C15AA">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Olena Gruzieva (OG)</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C15AA">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, Associate professor, Institute of Environmental Medicine (IMM), KI. </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="008C15AA">
+              <w:r w:rsidRPr="00CF325E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>olena.gruzieva@ki.se</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="008C15AA">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008C15AA">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(course leader)</w:t>
+              <w:t>(co-course leader)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29A06263" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
+          <w:p w14:paraId="1B703C10" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002277CE">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Andreas Lundin (AL)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002277CE">
+              <w:t>Jeroen de Bont (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>JdB</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, PhD, Dept. Global Public Health, KI. </w:t>
+              <w:t>, Assistant Professor, IMM, KI.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="002277CE">
+              <w:r w:rsidRPr="00CF325E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>jeroen.de.bont@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(co-course leader)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BBCEF2E" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00D02C9B" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Andreas Lundin (AL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, PhD, Dept. Global Public Health, KI. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>andreas.lundin@ki.se</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="08EB4995" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
+          <w:p w14:paraId="5A3F9551" w14:textId="376A0E84" w:rsidR="00010F30" w:rsidRPr="00CF325E" w:rsidRDefault="00010F30" w:rsidP="00CF325E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002277CE">
+            <w:r w:rsidRPr="00010F30">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Javier Louro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010F30">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JL), PhD, IMM, KI </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010F30">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>javier.louro@ki.se</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="457295E5" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
+          <w:p w14:paraId="3B56E0D0" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Christina-Evmorfia Kampitsi (CEK), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>PhD, IMM, KI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002277CE">
-[...16 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="002277CE">
+              <w:r w:rsidRPr="00CF325E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>charlotta.eriksson@ki.se</w:t>
+                <w:t>christina.evmorfia.kampitsi@ki.se</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="57ED57F1" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
+          <w:p w14:paraId="0EFB52D3" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002277CE">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002277CE">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cornelia Santoso (CS),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PhD, IMM, KI</w:t>
             </w:r>
-            <w:r w:rsidRPr="002277CE">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="002277CE">
+              <w:r w:rsidRPr="00CF325E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>christina.evmorfia.kampitsi@ki.se</w:t>
+                <w:t>cornelia.santoso@ki.se</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4753AC04" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
-[...359 lines deleted...]
-          <w:p w14:paraId="0189E6AF" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
+          <w:p w14:paraId="180F7E89" w14:textId="388CEDBD" w:rsidR="00D02C9B" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8607"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002277CE">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Suzanne Ruhe-van der Werff</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Emmanuel Robesyn (ER), ECDC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002277CE">
-[...20 lines deleted...]
-              <w:r w:rsidRPr="002277CE">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="00D02C9B" w:rsidRPr="00330D66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>suzanne.ruhe.van.der.werff@ki.se</w:t>
+                <w:t>Emmanuel.Robesyn@ecdc.europa.eu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="22637715" w14:textId="77777777" w:rsidR="002277CE" w:rsidRPr="002277CE" w:rsidRDefault="002277CE" w:rsidP="002277CE">
+          <w:p w14:paraId="05F7A1B7" w14:textId="2CE99540" w:rsidR="00D02C9B" w:rsidRPr="00D02C9B" w:rsidRDefault="00D02C9B" w:rsidP="00CF325E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8607"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002277CE">
+            <w:r w:rsidRPr="00D02C9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Wooseong Kim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (WK)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Zhebin Yu (ZY)</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002277CE">
+              <w:t xml:space="preserve">, IMM, KI </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="602BC60A" w14:textId="77777777" w:rsidR="00D02C9B" w:rsidRPr="00D02C9B" w:rsidRDefault="00D02C9B" w:rsidP="00D02C9B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>zhebin.yu@ki.se</w:t>
-            </w:r>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00D02C9B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>wooseong.kim@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3843E273" w14:textId="467C4CF0" w:rsidR="00E16813" w:rsidRPr="00EB682E" w:rsidRDefault="00E16813" w:rsidP="008C15AA">
+          <w:p w14:paraId="3843E273" w14:textId="452A61D2" w:rsidR="00E16813" w:rsidRPr="00D02C9B" w:rsidRDefault="00E16813" w:rsidP="00CF325E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8607"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-                <w:i/>
+                <w:bCs/>
+                <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5330AC" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00715D1D" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
+          <w:p w14:paraId="11874EBD" w14:textId="77777777" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715D1D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other participating teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EE461FC" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Eva Skillgate (ES)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Professor, IMM, KI </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>eva.skillgate@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6A8FB24C" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hanna Karlsson (HK), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Associate Professor, IMM, KI </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>hanna.l.karlsson@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="25B7FED4" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Miriam Elfström (ME)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, PhD, Department of Clinical Science, Intervention, and Technology, KI and Center for Cervical Cancer Elimination, Karolinska University Hospital. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>miriam.elfstrom@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1EB7D01A" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rickard Ljung (RL), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MD, Professor, IMM and Swedish Medical Products Agency </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>rickard.ljung@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="0CB73B0F" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sandra Ekström (SE),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>PhD, IMM, KI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>sandra.ekstrom@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6C61581B" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Shizhen He (SH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PhD, IMM, KI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>shizhen.he@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D7E03B5" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sven Drefahl </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(SD),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PhD, Stockholm University </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sven.drefahl@sociology.su.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1661395B" w14:textId="77777777" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8607"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Suzanne Ruhe-van der Werff</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(SR),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PhD, Dept of Medicine, KI. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00CF325E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>suzanne.ruhe.van.der.werff@ki.se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1F5330AC" w14:textId="4056B09C" w:rsidR="00CF325E" w:rsidRPr="00CF325E" w:rsidRDefault="00CF325E" w:rsidP="00CF325E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8607"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Zhebin Yu (ZY)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Assistant Professor, IMM, KI. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>zhebin.yu@ki.se</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="007AD8B3" w14:textId="77777777" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00E16813">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3001"/>
         <w:gridCol w:w="3011"/>
         <w:gridCol w:w="3004"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E16813" w:rsidRPr="00ED2C89" w14:paraId="48869C94" w14:textId="77777777" w:rsidTr="00BB18A1">
+      <w:tr w:rsidR="00E16813" w:rsidRPr="00D02C9B" w14:paraId="48869C94" w14:textId="77777777" w:rsidTr="00BB18A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3001" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D7F8F6" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00715D1D" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715D1D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Number of registered students</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B4675CD" w14:textId="04C1E364" w:rsidR="00661B09" w:rsidRDefault="00ED2C89" w:rsidP="00661B09">
+          <w:p w14:paraId="6B4675CD" w14:textId="2B55FBBB" w:rsidR="00661B09" w:rsidRDefault="00ED2C89" w:rsidP="00661B09">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>59</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF325E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0636DB48" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00715D1D" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D41023D" w14:textId="0304DD84" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
@@ -1512,302 +1850,329 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00360D69">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E0E8C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01870152" w14:textId="1D3D2E4D" w:rsidR="00B110C3" w:rsidRPr="00715D1D" w:rsidRDefault="00ED2C89" w:rsidP="00DD77FC">
+          <w:p w14:paraId="01870152" w14:textId="4C3FBE05" w:rsidR="00B110C3" w:rsidRPr="00715D1D" w:rsidRDefault="00CF325E" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ACB76AC" w14:textId="77777777" w:rsidR="00E16813" w:rsidRDefault="00E16813" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715D1D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Number passed after regular session</w:t>
             </w:r>
             <w:r w:rsidR="00BB18A1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00203ECB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="334A680D" w14:textId="4171FFC7" w:rsidR="00B110C3" w:rsidRPr="00715D1D" w:rsidRDefault="00ED2C89" w:rsidP="00DD77FC">
+          <w:p w14:paraId="334A680D" w14:textId="246672F6" w:rsidR="00B110C3" w:rsidRPr="00715D1D" w:rsidRDefault="00ED2C89" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>56</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF325E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB18A1" w:rsidRPr="00ED2C89" w14:paraId="600AD0BA" w14:textId="77777777" w:rsidTr="00187D88">
+      <w:tr w:rsidR="00BB18A1" w:rsidRPr="00D02C9B" w14:paraId="600AD0BA" w14:textId="77777777" w:rsidTr="00187D88">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1471B566" w14:textId="56CB3DED" w:rsidR="00BB18A1" w:rsidRDefault="00BB18A1" w:rsidP="00DD77FC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00184352">
+            <w:r w:rsidRPr="00CF325E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Methods for student influence other than course survey</w:t>
             </w:r>
-            <w:r w:rsidR="00771052">
+            <w:r w:rsidR="00771052" w:rsidRPr="00CF325E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50787ADB" w14:textId="77777777" w:rsidR="00B110C3" w:rsidRPr="00184352" w:rsidRDefault="00B110C3" w:rsidP="00DD77FC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...11 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DC595A6" w14:textId="23DE5C05" w:rsidR="00BB18A1" w:rsidRPr="00F06980" w:rsidRDefault="00B110C3" w:rsidP="00F06980">
+          <w:p w14:paraId="3DC595A6" w14:textId="4DD86AD3" w:rsidR="00BB18A1" w:rsidRPr="00003677" w:rsidRDefault="00003677" w:rsidP="00F06980">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="47" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F06980">
+            <w:r w:rsidRPr="00003677">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Regular morning review sessions and weekly reviews with the students were carried out throughout the course allowing for questions and immediate feedback from the class</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F06980" w:rsidRPr="00F06980">
+              <w:t>Regular morning re</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F06980">
+              <w:t>cap</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00003677">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regular interactions with the course leader both in person and by email </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F06980">
+              <w:t xml:space="preserve"> sessions and weekly </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>allowed</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F06980">
+              <w:t>review</w:t>
+            </w:r>
+            <w:r w:rsidR="00010F30">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to modify along the way how the course was carried forward. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F06980" w:rsidRPr="00F06980">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00003677">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Further, a</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="00F06980" w:rsidRPr="00F06980">
+              <w:t xml:space="preserve"> were conducted throughout the course, providing opportunities for questions and immediate feedback from students. In addition, ongoing interactions with the course leader</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">feedback and suggest improvements and topics that they would like to see covered. </w:t>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00003677">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00003677">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>both in person and via email—enabled timely adjustments to the course delivery as needed. Finally, all students who attended the “Wrap-up and Evaluation” session at the end of the course were invited to share feedback and propose improvements for future course iterations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0316DF8F" w14:textId="237C0AF9" w:rsidR="00BB18A1" w:rsidRPr="0017251D" w:rsidRDefault="00BB18A1" w:rsidP="00E16813">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF70B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CF70B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF70B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
@@ -1944,932 +2309,898 @@
         </w:rPr>
         <w:t>post-it</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00184352">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> notes – improvement suggestions after the second course week 90 % response frequency, course council 85 % attendance). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9E1922" w14:textId="5D32093A" w:rsidR="00771052" w:rsidRDefault="00771052" w:rsidP="00184352">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="751B1AA5" w14:textId="423D82C2" w:rsidR="00F06980" w:rsidRPr="00184352" w:rsidRDefault="00DE01D7" w:rsidP="00184352">
-[...57 lines deleted...]
-    <w:p w14:paraId="000CC76E" w14:textId="77777777" w:rsidR="00F33BBB" w:rsidRDefault="00F33BBB" w:rsidP="00F06980">
+    <w:p w14:paraId="63C5006C" w14:textId="27CD0A31" w:rsidR="00E16813" w:rsidRPr="00E16813" w:rsidRDefault="00E16813" w:rsidP="00F06980">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16813">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conclusions from the previous course evaluation</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="63C5006C" w14:textId="27CD0A31" w:rsidR="00E16813" w:rsidRPr="00E16813" w:rsidRDefault="00E16813" w:rsidP="00F06980">
+    <w:p w14:paraId="0CAB9A66" w14:textId="54F3E7F3" w:rsidR="00F06980" w:rsidRPr="00F4436A" w:rsidRDefault="00F06980" w:rsidP="00F06980">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Overall, the students seem to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4436A" w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>satisfied with the course</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. There are areas that may benefit from some modification, based primarily on feedback given in the oral course evaluation </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B76">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83D9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">via the course evaluation survey </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(elaborated on below).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A180AF2" w14:textId="2E4EFC78" w:rsidR="0017251D" w:rsidRDefault="00E16813" w:rsidP="00F06980">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16813">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Conclusions from the previous course evaluation</w:t>
+        <w:t xml:space="preserve">Description of conducted changes since previous course occasion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAB9A66" w14:textId="54F3E7F3" w:rsidR="00F06980" w:rsidRPr="00F4436A" w:rsidRDefault="00F06980" w:rsidP="00F06980">
+    <w:p w14:paraId="018A66AE" w14:textId="63C8BFEC" w:rsidR="00B110C3" w:rsidRPr="00F06980" w:rsidRDefault="00F06980" w:rsidP="00F06980">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4436A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Overall, the students seem to be </w:t>
+        <w:t xml:space="preserve">Together with participating teachers, we </w:t>
       </w:r>
       <w:r w:rsidR="00F4436A" w:rsidRPr="00F4436A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>satisfied with the course</w:t>
+        <w:t>have</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4436A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. There are areas that may benefit from some modification, based primarily on feedback given in the oral course evaluation </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5260">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>made</w:t>
+      </w:r>
+      <w:r w:rsidR="006A062D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> some </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>modif</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4436A" w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="006A062D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cations to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the co</w:t>
+      </w:r>
+      <w:r w:rsidR="006A062D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntent of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B4F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>several</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5260">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lectures</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4436A" w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4436A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>For instance, we tried to add a more global perspective</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25AFC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5260">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">as well as </w:t>
       </w:r>
-      <w:r w:rsidR="00D83D9B">
-[...9 lines deleted...]
-        <w:t>(elaborated on below).</w:t>
+      <w:r w:rsidR="00E25AFC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>includ</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5260">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25AFC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B4F" w:rsidRPr="00833C7A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>examples of how to use epidemiolog</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25AFC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ical methods</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B4F" w:rsidRPr="00833C7A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to study </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5260">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>environmental</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25AFC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aspects</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5260">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7B4F" w:rsidRPr="00833C7A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>climate change</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06980">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C342FD">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00005F01">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Noteworthy, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1CA7">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>due to large number of</w:t>
+      </w:r>
+      <w:r w:rsidR="00005F01">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students (n=</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1CA7">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidR="00005F01">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>), we had to modify some of the group assignment</w:t>
+      </w:r>
+      <w:r w:rsidR="00971CCC">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00005F01">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to keep them feasible. For </w:t>
+      </w:r>
+      <w:r w:rsidR="00971CCC">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>practical</w:t>
+      </w:r>
+      <w:r w:rsidR="00005F01">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reason</w:t>
+      </w:r>
+      <w:r w:rsidR="00971CCC">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s,</w:t>
+      </w:r>
+      <w:r w:rsidR="00005F01">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we </w:t>
+      </w:r>
+      <w:r w:rsidR="00971CCC">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conducted all</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1CA7">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, but one</w:t>
+      </w:r>
+      <w:r w:rsidR="00971CCC">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> group works via Zoom</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83CD4">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to allow more efficient supervision by the teachers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A180AF2" w14:textId="2E4EFC78" w:rsidR="0017251D" w:rsidRDefault="00E16813" w:rsidP="00F06980">
+    <w:p w14:paraId="2F506B2C" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00E16813" w:rsidRDefault="00E16813" w:rsidP="00F4436A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16813">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Description of conducted changes since previous course occasion </w:t>
+        <w:t xml:space="preserve">Summary of the students’ response to the course valuation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018A66AE" w14:textId="16935299" w:rsidR="00B110C3" w:rsidRPr="00F06980" w:rsidRDefault="00F06980" w:rsidP="00F06980">
+    <w:p w14:paraId="4C44189A" w14:textId="03D174B5" w:rsidR="00F4436A" w:rsidRPr="00F4436A" w:rsidRDefault="00F4436A" w:rsidP="00FA274F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4436A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Together with participating teachers, we </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F4436A">
+        <w:t>Overall, the students seem to be satisfied with the course in terms of developing valuable expertise, alignment, achieving learning outcomes, and atmosphere.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED24C8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002A5260">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00F4436A">
+    </w:p>
+    <w:p w14:paraId="0BDFEC3C" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00F17B4A" w:rsidRDefault="00414D2B" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">More specifically, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFC7F50" w14:textId="58AD1A29" w:rsidR="00F17B4A" w:rsidRPr="00010F30" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Overall course rating:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mean score 4.8 out of max 6 – majority </w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of students </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agreed the course was </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="007709AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002A5260">
-[...47 lines deleted...]
-      <w:r w:rsidR="00E25AFC">
+      <w:r w:rsidR="007709AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>as a whole</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007709AF" w:rsidRPr="00EE44E4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA7B4F" w:rsidRPr="00833C7A">
-[...69 lines deleted...]
-      <w:r w:rsidR="00FC016A" w:rsidRPr="00F4436A">
+      <w:r w:rsidR="007709AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(m</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="0027087C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ean score 4.8</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> out of max </w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="0027087C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>), and that</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="00694A29">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F024A">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FC016A">
+      <w:r w:rsidR="007709AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>there was a good atmosphere during the course (m</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="0027087C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ean score </w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5.0)</w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="0027087C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FC016A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but some expressed dissatisfaction with structure and organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DACF3C2" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00010F30" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Active learning opportunities:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Highly rated (mean 5.2); most students appreciated group work and interactive elements, though some found group work excessive and preferred more seminars or individual tasks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F102F32" w14:textId="2F06B60F" w:rsidR="00F17B4A" w:rsidRPr="00010F30" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Inclusion and respect:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Strongly positive (mean 5.2); most felt respected and comfortable, though a few noted time </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pressure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during </w:t>
+      </w:r>
+      <w:r w:rsidR="007709AF" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assignment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>presentations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBDE47C" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00F17B4A" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learning </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F17B4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C342FD">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> Noteworthy, this year we had more students (n=60</w:t>
+    </w:p>
+    <w:p w14:paraId="4BF34908" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00F17B4A" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t xml:space="preserve">Communication </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t>skills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t>improved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t>mean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F17B4A">
+        <w:t xml:space="preserve"> 4.9).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F45859B" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00010F30" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ethical reflection scored lower (mean 4.6); several comments indicated this was not a major focus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39237303" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00010F30" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Demands vs. outcomes:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rated positively (mean 5.2), though some linked perceived difficulty </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00005F01">
-[...5 lines deleted...]
-        <w:t>),</w:t>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00005F01">
-[...26 lines deleted...]
-          <w:szCs w:val="23"/>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teaching quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFFFC8E" w14:textId="77777777" w:rsidR="00F17B4A" w:rsidRPr="00010F30" w:rsidRDefault="00F17B4A" w:rsidP="00F17B4A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Time for reflection:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mixed (mean 4.8); some felt days were too long and intense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E45128" w14:textId="27A85AC7" w:rsidR="00CF3E28" w:rsidRPr="00731E12" w:rsidRDefault="00A66141" w:rsidP="00393840">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">them feasible. For </w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> to allow more efficient supervision by the teachers.</w:t>
+        <w:t>As for suggestions for improvements</w:t>
+      </w:r>
+      <w:r w:rsidR="00393840">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, several</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3E28" w:rsidRPr="00CF3E28">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students requested fewer group sessions and more time for self-study.</w:t>
+      </w:r>
+      <w:r w:rsidR="00731E12">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731E12" w:rsidRPr="00731E12">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Some comments highlighted lack of clarity in certain lectures</w:t>
+      </w:r>
+      <w:r w:rsidR="00731E12">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, as well as l</w:t>
+      </w:r>
+      <w:r w:rsidR="00731E12" w:rsidRPr="00731E12">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>imited integration of ethical discussions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5C6E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F506B2C" w14:textId="77777777" w:rsidR="00E16813" w:rsidRPr="00E16813" w:rsidRDefault="00E16813" w:rsidP="00F4436A">
-[...351 lines deleted...]
-    <w:p w14:paraId="2E423F08" w14:textId="35D8766E" w:rsidR="00E16813" w:rsidRPr="00E16813" w:rsidRDefault="00E16813" w:rsidP="00E16813">
+    <w:p w14:paraId="2E423F08" w14:textId="528999F6" w:rsidR="00E16813" w:rsidRPr="00E16813" w:rsidRDefault="00E16813" w:rsidP="00E16813">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16813">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The course </w:t>
       </w:r>
       <w:r w:rsidR="00CF70B1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>leader</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16813">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">’s reflections on the implementation and results of the course </w:t>
       </w:r>
@@ -2930,136 +3261,111 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In what </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00312946">
+        <w:t>In what way the work methods used during the course contribute to the students</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3BD2" w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>way</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the work methods used during the course contribute to the students</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC3BD2" w:rsidRPr="00312946">
+        <w:t xml:space="preserve"> attaining the learning outcomes? </w:t>
+      </w:r>
+      <w:r w:rsidR="00466F14" w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00312946">
+        <w:t>(Reflect on the selected learning activities and the students’ type of engagement and presence in class)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0726596A" w14:textId="06AB1AFD" w:rsidR="00E16813" w:rsidRPr="00312946" w:rsidRDefault="00E16813" w:rsidP="00360D69">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> attaining the learning outcomes? </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00466F14" w:rsidRPr="00312946">
+      </w:pPr>
+      <w:r w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(Reflect on the selected learning activities and the students’ type of engagement and presence in class)</w:t>
-[...27 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>How has the course worked with -constructive alignment - from learning outcomes to examination form and examination content?</w:t>
       </w:r>
       <w:r w:rsidR="00360D69" w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DBF5F0E" w14:textId="5259F49C" w:rsidR="00360D69" w:rsidRDefault="00360D69" w:rsidP="00625330">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
@@ -3128,51 +3434,51 @@
       <w:r w:rsidR="00551F4A" w:rsidRPr="00312946">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDBFC22" w14:textId="77777777" w:rsidR="00293E9C" w:rsidRDefault="00293E9C" w:rsidP="00293E9C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="075EEA1E" w14:textId="0C1D749E" w:rsidR="009C0BD3" w:rsidRDefault="009C0BD3" w:rsidP="009C0BD3">
+    <w:p w14:paraId="075EEA1E" w14:textId="7FDE9635" w:rsidR="009C0BD3" w:rsidRDefault="009C0BD3" w:rsidP="009C0BD3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C0BD3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">We use a mix of lectures, group work and individual </w:t>
       </w:r>
       <w:r w:rsidR="00B62CD0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">written </w:t>
       </w:r>
       <w:r w:rsidRPr="009C0BD3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">assignments. For the </w:t>
       </w:r>
       <w:r w:rsidR="00A577DE">
@@ -3307,555 +3613,615 @@
         </w:rPr>
         <w:t>concept</w:t>
       </w:r>
       <w:r w:rsidR="005E3C41">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="009A6433">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the course ILOs</w:t>
       </w:r>
       <w:r w:rsidRPr="009C0BD3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Based on the results of the examination</w:t>
       </w:r>
       <w:r w:rsidR="00BC6C77">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (the vast majority of students </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BC6C77">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>received  “</w:t>
+        <w:t>the vast majority of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BC6C77">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Pass with distinction” grade</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E209FB">
+        <w:t xml:space="preserve"> students </w:t>
+      </w:r>
+      <w:r w:rsidR="00564DDA">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>received “</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6C77">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pass with distinction” grade)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C0BD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, it seems that this approach is efficient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509C343E" w14:textId="77FB3A73" w:rsidR="00932EB6" w:rsidRPr="00A25A08" w:rsidRDefault="00A25A08" w:rsidP="009C0BD3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A08">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I am overall satisfied with how the course was delivered and received by the students. There has been a constant participation of the majority of the students in class, both for the morning lectures and afternoon group work</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2966">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00BC6C77">
-[...9 lines deleted...]
-        <w:t>, it seems that this approach is efficient.</w:t>
+      <w:r w:rsidR="006245D5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, even in the non-mandatory sessions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A08">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Many of the students appreciated morning reviews, weekly mandatory assignments, as well as lecture notes and solutions to exercises </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0E9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A08">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>were shared on Canvas. This positive feedback has been used to confirm that we should keep these practices.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C07E2">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00197E9D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Group works were </w:t>
+      </w:r>
+      <w:r w:rsidR="004F75D7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sometimes challenging given large number of students and </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6B00">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">remote supervision, </w:t>
+      </w:r>
+      <w:r w:rsidR="0027240F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">so we may need to revisit the set-up </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5F75">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the next year in case </w:t>
+      </w:r>
+      <w:r w:rsidR="00390724">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as many </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5F75">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">students </w:t>
+      </w:r>
+      <w:r w:rsidR="00390724">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5F75">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anticipated next ti</w:t>
+      </w:r>
+      <w:r w:rsidR="00390724">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>me.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6B00">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E628C6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Further, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E628C6" w:rsidRPr="00D02C9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ome lectures were perceived as confusing, with heavy reliance on slides and unanswered questions. Students requested clearer explanations, more visuals, and timely follow-up on queries.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509C343E" w14:textId="08C2BAF4" w:rsidR="00932EB6" w:rsidRPr="00A25A08" w:rsidRDefault="00A25A08" w:rsidP="009C0BD3">
-[...40 lines deleted...]
-      <w:r w:rsidR="00FE2966">
+    <w:p w14:paraId="7A7A9B38" w14:textId="2A38FF95" w:rsidR="00360D69" w:rsidRDefault="00360D69" w:rsidP="00360D69">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00551F4A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Course </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF70B1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>leader</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7985" w:rsidRPr="00551F4A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A25A08">
-[...110 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00551F4A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Course </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">’s conclusions and suggestions for improvement </w:t>
+        <w:t xml:space="preserve">’ conclusions and suggestions for improvement </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7874CC2A" w14:textId="77777777" w:rsidR="00833C7A" w:rsidRDefault="00833C7A" w:rsidP="00833C7A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51E33C68" w14:textId="318AC88E" w:rsidR="00833C7A" w:rsidRDefault="00833C7A" w:rsidP="00BA0F8E">
+    <w:p w14:paraId="3E0CDD91" w14:textId="6237A38F" w:rsidR="00F76934" w:rsidRPr="00010F30" w:rsidRDefault="00D749AF" w:rsidP="00F76934">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> the group exercises could have been less, especially the ones which included </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D749AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he course met its learning objectives for most students, but feedback indicates a need for better organization, reduced group work, and clearer communication. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50EE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>To address those needs, w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D749AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e will implement the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50EE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D749AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50EE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3107F85A" w14:textId="506BD6FF" w:rsidR="00F76934" w:rsidRPr="00010F30" w:rsidRDefault="00F76934" w:rsidP="00F0680B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Reduce group work frequency</w:t>
+      </w:r>
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="002D74CC" w:rsidRPr="002D74CC">
-[...9 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>replacing</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="002D74CC">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the possibility </w:t>
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0680B" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>with individual assignments</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF50EE" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide group allocations </w:t>
+      </w:r>
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for all planned group </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="002D74CC">
-[...9 lines deleted...]
-        <w:t>replace</w:t>
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>works</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00641E65">
-[...23 lines deleted...]
-      <w:r w:rsidR="00390724">
+      <w:r w:rsidR="00CF50EE" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>already at course start</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00044BF5" w:rsidRPr="00833C7A">
+      <w:r w:rsidR="00663F6D" w:rsidRPr="00010F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00833C7A">
-[...23 lines deleted...]
-      <w:r w:rsidR="00EC4DF7" w:rsidRPr="00EC4DF7">
+    </w:p>
+    <w:p w14:paraId="0CC89419" w14:textId="2DE6E9AA" w:rsidR="00307CDF" w:rsidRPr="00D02C9B" w:rsidRDefault="00307CDF" w:rsidP="00F76934">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D02C9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhance teaching clarity by revising selected lecture slides to incorporate more visuals and step-by-step </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D02C9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">examples, </w:t>
+      </w:r>
+      <w:r w:rsidR="009037E6" w:rsidRPr="00D02C9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009037E6" w:rsidRPr="00D02C9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain better tracking of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C9B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>timely follow-up on student queries.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D15D031" w14:textId="0FAA2134" w:rsidR="00F76934" w:rsidRPr="00010F30" w:rsidRDefault="00F76934" w:rsidP="00F76934">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Integrate ethical reflection: Add dedicated time for discussing ethical issues in epidemiological research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E09A28" w14:textId="2125C66D" w:rsidR="00F76934" w:rsidRPr="00010F30" w:rsidRDefault="00F76934" w:rsidP="00F76934">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Optimize time management: allow more time for reflection and self-study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B86A667" w14:textId="1A06C8F8" w:rsidR="00F76934" w:rsidRPr="00010F30" w:rsidRDefault="00F76934" w:rsidP="00F76934">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consider </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2129" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">more </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in-person </w:t>
+      </w:r>
+      <w:r w:rsidR="002A209A" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>supervision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC4DF7" w:rsidRPr="002025FB">
-[...5 lines deleted...]
-      <w:r w:rsidR="00EC4DF7">
+      <w:r w:rsidR="00EA2129" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of group assignments </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>instead of Zoom to improve engagement</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2129" w:rsidRPr="00010F30">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010F30">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00833C7A">
-[...52 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E33C68" w14:textId="77AAAE42" w:rsidR="00833C7A" w:rsidRDefault="00833C7A" w:rsidP="00BA0F8E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="485B880C" w14:textId="7FA6163E" w:rsidR="00137141" w:rsidRPr="0052532E" w:rsidRDefault="009B20BC" w:rsidP="009D66E5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0052532E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Other</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0052532E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0052532E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>comments</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00137141" w:rsidRPr="0052532E" w:rsidSect="0017251D">
-      <w:footerReference w:type="default" r:id="rId21"/>
-      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C7E94EE" w14:textId="77777777" w:rsidR="00E86D93" w:rsidRDefault="00E86D93" w:rsidP="009D56B4">
+    <w:p w14:paraId="387D2375" w14:textId="77777777" w:rsidR="00467571" w:rsidRDefault="00467571" w:rsidP="009D56B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BDFDBB4" w14:textId="77777777" w:rsidR="00E86D93" w:rsidRDefault="00E86D93" w:rsidP="009D56B4">
+    <w:p w14:paraId="5225F25F" w14:textId="77777777" w:rsidR="00467571" w:rsidRDefault="00467571" w:rsidP="009D56B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3968,58 +4334,58 @@
     <w:r w:rsidR="00E448E9">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="16B11ABF" w14:textId="77777777" w:rsidR="003056D9" w:rsidRDefault="003056D9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79892BEF" w14:textId="77777777" w:rsidR="00E86D93" w:rsidRDefault="00E86D93" w:rsidP="009D56B4">
+    <w:p w14:paraId="32E863D2" w14:textId="77777777" w:rsidR="00467571" w:rsidRDefault="00467571" w:rsidP="009D56B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01A909A3" w14:textId="77777777" w:rsidR="00E86D93" w:rsidRDefault="00E86D93" w:rsidP="009D56B4">
+    <w:p w14:paraId="70947A52" w14:textId="77777777" w:rsidR="00467571" w:rsidRDefault="00467571" w:rsidP="009D56B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:bookmarkStart w:id="1" w:name="stc3_oa_Logo_sv_0002"/>
   <w:p w14:paraId="43680334" w14:textId="77777777" w:rsidR="0017251D" w:rsidRDefault="0017251D" w:rsidP="0017251D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="084FC985" wp14:editId="77F2AECE">
               <wp:simplePos x="0" y="0"/>
@@ -5817,50 +6183,319 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="667C7EBF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="63BEFF96"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BA31E6F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1F6E3E1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74425CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13223C2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5929,51 +6564,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75D66610"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AD8FCA8"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6018,51 +6653,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77901790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D922B86"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B">
@@ -6120,330 +6755,419 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1131483602">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2045056148">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="554439304">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1430588328">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="638801317">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2113935660">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1335767743">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="386222298">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="147475414">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="189270868">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1045983849">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="240648825">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1603684489">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="7413662">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1559363994">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2025940126">
     <w:abstractNumId w:val="5"/>
   </w:num>
+  <w:num w:numId="17" w16cid:durableId="139077503">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1830712474">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="103"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D56B4"/>
     <w:rsid w:val="00002440"/>
+    <w:rsid w:val="00003677"/>
     <w:rsid w:val="00005F01"/>
+    <w:rsid w:val="00010F30"/>
     <w:rsid w:val="00044BF5"/>
+    <w:rsid w:val="00044E49"/>
     <w:rsid w:val="000756D2"/>
     <w:rsid w:val="000813E8"/>
     <w:rsid w:val="00084E33"/>
     <w:rsid w:val="00086C1D"/>
     <w:rsid w:val="0009196F"/>
+    <w:rsid w:val="000B64D5"/>
     <w:rsid w:val="000C6B00"/>
     <w:rsid w:val="000D61CC"/>
+    <w:rsid w:val="000F08D8"/>
     <w:rsid w:val="000F2950"/>
+    <w:rsid w:val="00102C5B"/>
     <w:rsid w:val="00121457"/>
     <w:rsid w:val="00137141"/>
     <w:rsid w:val="00140910"/>
     <w:rsid w:val="0014556E"/>
     <w:rsid w:val="001503F2"/>
     <w:rsid w:val="00171153"/>
     <w:rsid w:val="0017251D"/>
     <w:rsid w:val="00182816"/>
+    <w:rsid w:val="001829DE"/>
     <w:rsid w:val="00184352"/>
     <w:rsid w:val="001947C8"/>
     <w:rsid w:val="00197E9D"/>
     <w:rsid w:val="001A5C54"/>
+    <w:rsid w:val="001B3E9F"/>
     <w:rsid w:val="001C58BD"/>
     <w:rsid w:val="001D17D1"/>
     <w:rsid w:val="001E0E8C"/>
     <w:rsid w:val="002025FB"/>
     <w:rsid w:val="00203ECB"/>
     <w:rsid w:val="0022423F"/>
     <w:rsid w:val="002277CE"/>
+    <w:rsid w:val="00230308"/>
     <w:rsid w:val="00246E46"/>
     <w:rsid w:val="002471A6"/>
     <w:rsid w:val="002705DA"/>
+    <w:rsid w:val="0027087C"/>
     <w:rsid w:val="0027127B"/>
     <w:rsid w:val="0027240F"/>
+    <w:rsid w:val="00274DEE"/>
     <w:rsid w:val="00275D17"/>
     <w:rsid w:val="002833B7"/>
     <w:rsid w:val="00285470"/>
     <w:rsid w:val="0028717C"/>
     <w:rsid w:val="00293E9C"/>
+    <w:rsid w:val="002A209A"/>
     <w:rsid w:val="002A5260"/>
     <w:rsid w:val="002B7356"/>
     <w:rsid w:val="002C5811"/>
     <w:rsid w:val="002D74CC"/>
+    <w:rsid w:val="002E1CA7"/>
+    <w:rsid w:val="002E20E3"/>
     <w:rsid w:val="003054ED"/>
     <w:rsid w:val="003056D9"/>
+    <w:rsid w:val="00307CDF"/>
     <w:rsid w:val="00312946"/>
     <w:rsid w:val="00326A68"/>
     <w:rsid w:val="00326B40"/>
+    <w:rsid w:val="00326C7D"/>
+    <w:rsid w:val="00336B35"/>
     <w:rsid w:val="0035299E"/>
     <w:rsid w:val="00360D69"/>
     <w:rsid w:val="00366522"/>
     <w:rsid w:val="003856E6"/>
     <w:rsid w:val="00390724"/>
+    <w:rsid w:val="0039154B"/>
+    <w:rsid w:val="00393840"/>
     <w:rsid w:val="00397B50"/>
     <w:rsid w:val="003A4F46"/>
     <w:rsid w:val="003A5643"/>
     <w:rsid w:val="003A7EA4"/>
     <w:rsid w:val="003C6E42"/>
     <w:rsid w:val="003D07F8"/>
     <w:rsid w:val="003D0D28"/>
     <w:rsid w:val="003E2150"/>
     <w:rsid w:val="003E3E4D"/>
     <w:rsid w:val="003F024A"/>
     <w:rsid w:val="00410E16"/>
     <w:rsid w:val="00414D2B"/>
     <w:rsid w:val="00440DD1"/>
     <w:rsid w:val="00441017"/>
     <w:rsid w:val="00452F29"/>
     <w:rsid w:val="004646A7"/>
     <w:rsid w:val="00466F14"/>
+    <w:rsid w:val="00467571"/>
     <w:rsid w:val="0047239F"/>
     <w:rsid w:val="00494BB1"/>
+    <w:rsid w:val="004B0699"/>
+    <w:rsid w:val="004B4D92"/>
     <w:rsid w:val="004C0C3A"/>
     <w:rsid w:val="004C6C00"/>
+    <w:rsid w:val="004E4B3B"/>
     <w:rsid w:val="004F3FB0"/>
     <w:rsid w:val="004F75D7"/>
     <w:rsid w:val="0052532E"/>
     <w:rsid w:val="00526EFE"/>
     <w:rsid w:val="005405CB"/>
     <w:rsid w:val="0054315D"/>
     <w:rsid w:val="00551F4A"/>
+    <w:rsid w:val="00564DDA"/>
     <w:rsid w:val="00591276"/>
     <w:rsid w:val="005B352A"/>
     <w:rsid w:val="005B5FC1"/>
     <w:rsid w:val="005C07E2"/>
+    <w:rsid w:val="005C214C"/>
     <w:rsid w:val="005E3C41"/>
     <w:rsid w:val="005F20E7"/>
+    <w:rsid w:val="006144FC"/>
+    <w:rsid w:val="00615D31"/>
     <w:rsid w:val="00616D51"/>
+    <w:rsid w:val="006245D5"/>
     <w:rsid w:val="006312E5"/>
     <w:rsid w:val="00641E65"/>
     <w:rsid w:val="006476A7"/>
+    <w:rsid w:val="00652028"/>
     <w:rsid w:val="00661B09"/>
+    <w:rsid w:val="00663F6D"/>
     <w:rsid w:val="00673D30"/>
+    <w:rsid w:val="00694A29"/>
     <w:rsid w:val="006A062D"/>
     <w:rsid w:val="006B2B0C"/>
+    <w:rsid w:val="006F17FC"/>
     <w:rsid w:val="006F3B72"/>
     <w:rsid w:val="00702617"/>
     <w:rsid w:val="007032BF"/>
     <w:rsid w:val="007072ED"/>
+    <w:rsid w:val="0071293F"/>
+    <w:rsid w:val="00717003"/>
     <w:rsid w:val="00723D45"/>
+    <w:rsid w:val="00731E12"/>
     <w:rsid w:val="00734E5C"/>
+    <w:rsid w:val="007709AF"/>
     <w:rsid w:val="00771052"/>
+    <w:rsid w:val="00784ED1"/>
     <w:rsid w:val="007A6A19"/>
     <w:rsid w:val="007B270B"/>
     <w:rsid w:val="007C37E2"/>
+    <w:rsid w:val="007D23BE"/>
     <w:rsid w:val="007D2C3F"/>
+    <w:rsid w:val="007D56F9"/>
     <w:rsid w:val="00800CFE"/>
+    <w:rsid w:val="00814633"/>
     <w:rsid w:val="00833C7A"/>
     <w:rsid w:val="00846A87"/>
+    <w:rsid w:val="008471D4"/>
+    <w:rsid w:val="008671DE"/>
     <w:rsid w:val="008838DD"/>
     <w:rsid w:val="008958A1"/>
     <w:rsid w:val="00896987"/>
+    <w:rsid w:val="008A54BB"/>
+    <w:rsid w:val="008B03F9"/>
     <w:rsid w:val="008B624C"/>
     <w:rsid w:val="008C15AA"/>
     <w:rsid w:val="008F2881"/>
+    <w:rsid w:val="009037E6"/>
     <w:rsid w:val="009158CA"/>
     <w:rsid w:val="00932EB6"/>
     <w:rsid w:val="0094613E"/>
+    <w:rsid w:val="0096350D"/>
     <w:rsid w:val="009638CA"/>
     <w:rsid w:val="00970A85"/>
     <w:rsid w:val="00971CCC"/>
+    <w:rsid w:val="00973E55"/>
+    <w:rsid w:val="00995E60"/>
     <w:rsid w:val="009A4DB5"/>
     <w:rsid w:val="009A5239"/>
     <w:rsid w:val="009A6433"/>
     <w:rsid w:val="009B20BC"/>
     <w:rsid w:val="009C07D0"/>
     <w:rsid w:val="009C0BCF"/>
     <w:rsid w:val="009C0BD3"/>
     <w:rsid w:val="009C68F8"/>
     <w:rsid w:val="009D56B4"/>
     <w:rsid w:val="009D66E5"/>
     <w:rsid w:val="009E52B3"/>
+    <w:rsid w:val="00A074C1"/>
     <w:rsid w:val="00A164F8"/>
     <w:rsid w:val="00A2578D"/>
     <w:rsid w:val="00A25A08"/>
     <w:rsid w:val="00A4495C"/>
+    <w:rsid w:val="00A51C0D"/>
     <w:rsid w:val="00A577DE"/>
+    <w:rsid w:val="00A57FDE"/>
+    <w:rsid w:val="00A66141"/>
     <w:rsid w:val="00A6643D"/>
     <w:rsid w:val="00A70564"/>
     <w:rsid w:val="00A719DF"/>
     <w:rsid w:val="00A770F0"/>
     <w:rsid w:val="00A80901"/>
     <w:rsid w:val="00A85242"/>
+    <w:rsid w:val="00A978A5"/>
+    <w:rsid w:val="00AC09BC"/>
     <w:rsid w:val="00AD2AD6"/>
     <w:rsid w:val="00AE1503"/>
+    <w:rsid w:val="00AE2BD2"/>
     <w:rsid w:val="00AE4944"/>
     <w:rsid w:val="00AF7C47"/>
     <w:rsid w:val="00B06890"/>
     <w:rsid w:val="00B110C3"/>
+    <w:rsid w:val="00B137B6"/>
     <w:rsid w:val="00B2178D"/>
+    <w:rsid w:val="00B4251D"/>
     <w:rsid w:val="00B616BE"/>
     <w:rsid w:val="00B62CD0"/>
     <w:rsid w:val="00B62D0B"/>
     <w:rsid w:val="00B83CD4"/>
     <w:rsid w:val="00B8427F"/>
     <w:rsid w:val="00BA0F8E"/>
+    <w:rsid w:val="00BA2A7B"/>
     <w:rsid w:val="00BB18A1"/>
     <w:rsid w:val="00BC6C77"/>
     <w:rsid w:val="00BF33AD"/>
     <w:rsid w:val="00BF5F58"/>
     <w:rsid w:val="00C04BDC"/>
     <w:rsid w:val="00C142BA"/>
+    <w:rsid w:val="00C23E2B"/>
     <w:rsid w:val="00C342FD"/>
     <w:rsid w:val="00C51D51"/>
+    <w:rsid w:val="00C60A60"/>
+    <w:rsid w:val="00C66C5F"/>
     <w:rsid w:val="00CC20E4"/>
+    <w:rsid w:val="00CE3A7C"/>
     <w:rsid w:val="00CF0E9B"/>
     <w:rsid w:val="00CF20B6"/>
+    <w:rsid w:val="00CF325E"/>
+    <w:rsid w:val="00CF3E28"/>
+    <w:rsid w:val="00CF50EE"/>
     <w:rsid w:val="00CF70B1"/>
+    <w:rsid w:val="00D02C9B"/>
     <w:rsid w:val="00D219BE"/>
     <w:rsid w:val="00D23A89"/>
+    <w:rsid w:val="00D25B94"/>
+    <w:rsid w:val="00D33006"/>
+    <w:rsid w:val="00D33647"/>
     <w:rsid w:val="00D4100E"/>
     <w:rsid w:val="00D544EB"/>
     <w:rsid w:val="00D54A24"/>
+    <w:rsid w:val="00D749AF"/>
     <w:rsid w:val="00D83D9B"/>
     <w:rsid w:val="00DC4126"/>
     <w:rsid w:val="00DD1CB6"/>
     <w:rsid w:val="00DE01D7"/>
     <w:rsid w:val="00DF0711"/>
     <w:rsid w:val="00DF68F8"/>
     <w:rsid w:val="00E16813"/>
     <w:rsid w:val="00E1733B"/>
     <w:rsid w:val="00E209FB"/>
     <w:rsid w:val="00E25AFC"/>
     <w:rsid w:val="00E3255B"/>
+    <w:rsid w:val="00E32A2D"/>
+    <w:rsid w:val="00E41A56"/>
     <w:rsid w:val="00E448E9"/>
+    <w:rsid w:val="00E628C6"/>
+    <w:rsid w:val="00E62951"/>
     <w:rsid w:val="00E71F0A"/>
     <w:rsid w:val="00E777AB"/>
     <w:rsid w:val="00E818FC"/>
     <w:rsid w:val="00E86D93"/>
     <w:rsid w:val="00E94EA7"/>
     <w:rsid w:val="00E97E33"/>
+    <w:rsid w:val="00EA2129"/>
     <w:rsid w:val="00EB682E"/>
     <w:rsid w:val="00EC08CB"/>
     <w:rsid w:val="00EC4DF7"/>
+    <w:rsid w:val="00EC7985"/>
     <w:rsid w:val="00ED102B"/>
+    <w:rsid w:val="00ED24C8"/>
     <w:rsid w:val="00ED2C89"/>
+    <w:rsid w:val="00ED5C6E"/>
+    <w:rsid w:val="00EE44E4"/>
     <w:rsid w:val="00EE534C"/>
     <w:rsid w:val="00EF1FA3"/>
     <w:rsid w:val="00EF7B76"/>
+    <w:rsid w:val="00F0680B"/>
     <w:rsid w:val="00F06980"/>
     <w:rsid w:val="00F1379E"/>
+    <w:rsid w:val="00F17B4A"/>
     <w:rsid w:val="00F33BBB"/>
     <w:rsid w:val="00F4436A"/>
     <w:rsid w:val="00F6143A"/>
     <w:rsid w:val="00F71EED"/>
+    <w:rsid w:val="00F76934"/>
     <w:rsid w:val="00F82489"/>
     <w:rsid w:val="00F914AE"/>
     <w:rsid w:val="00FA274F"/>
     <w:rsid w:val="00FA7B4F"/>
     <w:rsid w:val="00FB5F75"/>
+    <w:rsid w:val="00FB6FAD"/>
     <w:rsid w:val="00FB75DB"/>
     <w:rsid w:val="00FC016A"/>
     <w:rsid w:val="00FC3BD2"/>
     <w:rsid w:val="00FE2966"/>
     <w:rsid w:val="00FE38F6"/>
     <w:rsid w:val="00FE531E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -6891,50 +7615,71 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E16813"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F76934"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:rsid w:val="009D56B4"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -7288,50 +8033,93 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002471A6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="008C15AA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F76934"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C66C5F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D02C9B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="862206592">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="53436194">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -7369,55 +8157,55 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1689216041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olena.gruzieva@ki.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eva.skillgate@ki.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:suzanne.ruhe.van.der.werff@ki.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.evmorfia.kampitsi@ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sven.drefahl@sociology.su.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rickard.ljung@ki.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charlotta.eriksson@ki.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriam.elfstrom@ki.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annamaria.lampousi@ki.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreas.lundin@ki.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hanna.l.karlsson@ki.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olena.gruzieva@ki.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emmanuel.Robesyn@ecdc.europa.eu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rickard.ljung@ki.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sven.drefahl@sociology.su.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cornelia.santoso@ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriam.elfstrom@ki.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hanna.l.karlsson@ki.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shizhen.he@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.evmorfia.kampitsi@ki.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eva.skillgate@ki.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreas.lundin@ki.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra.ekstrom@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeroen.de.bont@ki.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wooseong.kim@ki.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:suzanne.ruhe.van.der.werff@ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7681,74 +8469,74 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD08E3FD-94C4-4B84-96DF-1318EE3DF947}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7671</Characters>
+  <Pages>4</Pages>
+  <Words>1274</Words>
+  <Characters>8754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>486</Lines>
+  <Paragraphs>156</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet, LIME</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9100</CharactersWithSpaces>
+  <CharactersWithSpaces>9872</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Linda Sturesson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>